--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -2,70 +2,69 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6B293CE9" w14:textId="5A9CBF6A" w:rsidR="007224EA" w:rsidRPr="007224EA" w:rsidRDefault="00070DBA" w:rsidP="006B44BD">
+    <w:p w14:paraId="6B293CE9" w14:textId="4CC92F77" w:rsidR="007224EA" w:rsidRPr="007224EA" w:rsidRDefault="00070DBA" w:rsidP="00546DC1">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
+        <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487588864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1234C7BD" wp14:editId="4AB6711B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487588864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1234C7BD" wp14:editId="51113703">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>303235</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>399</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1828800" cy="441960"/>
             <wp:effectExtent l="0" t="0" r="0" b="2540"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21103"/>
                 <wp:lineTo x="21450" y="21103"/>
                 <wp:lineTo x="21450" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="1" name="Picture 1" descr="Mount Sinai Hospital - Toronto —"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -91,68 +90,150 @@
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1828800" cy="441960"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:r w:rsidR="00546DC1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00084A90">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00084A90">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00084A90">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00084A90">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00084A90">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00084A90">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00084A90">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00084A90">
+        <w:tab/>
+        <w:t>Updated October 2025</w:t>
+      </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "https://www.mountsinai.on.ca/logo.png" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B67CE1D" w14:textId="0AEDA9EE" w:rsidR="00070DBA" w:rsidRDefault="00070DBA" w:rsidP="00070DBA">
+    <w:p w14:paraId="6B67CE1D" w14:textId="1E778CA7" w:rsidR="00070DBA" w:rsidRDefault="00546DC1" w:rsidP="00070DBA">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="1418" w:firstLine="525"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6534B746" w14:textId="6C9CDB4F" w:rsidR="00136BD6" w:rsidRDefault="007224EA" w:rsidP="00070DBA">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="1418" w:firstLine="525"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487508992" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5135D954" wp14:editId="0B67F4B8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>346075</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>2150745</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="957580" cy="7620"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="docshape1"/>
@@ -185,51 +266,51 @@
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="7A918475" id="docshape1" o:spid="_x0000_s1026" style="position:absolute;margin-left:27.25pt;margin-top:169.35pt;width:75.4pt;height:.6pt;z-index:-15807488;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHpAaS2QEAAJsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkqY14hRDiwwD&#10;ugvQ7QMUWbaFyaJGKnGyrx+lpGmwvQ17EUSRPOY5PF7dHwYn9gbJgq9lOZlKYbyGxvqult+/bd7d&#10;SkFR+UY58KaWR0Pyfv32zWoMlZlBD64xKBjEUzWGWvYxhqooSPdmUDSBYDwnW8BBRQ6xKxpUI6MP&#10;rphNpzfFCNgEBG2I+PXxlJTrjN+2RscvbUsmCldLni3mE/O5TWexXqmqQxV6q89jqH+YYlDW80cv&#10;UI8qKrFD+xfUYDUCQRsnGoYC2tZqkzkwm3L6B5vnXgWTubA4FC4y0f+D1Z/3z+ErptEpPIH+QaxI&#10;MQaqLpkUENeI7fgJGt6h2kXIZA8tDqmTaYhD1vR40dQcotD8eLdYLm5Zec2p5c0sK16o6qU1IMUP&#10;BgaRLrVEXliGVvsnimkUVb2U5BnB2WZjncsBdtsHh2KveLmzWbkpN2mf3ELXZc6nYg+p7ZROL5lj&#10;opWsQtUWmiNTRDg5hB3Nlx7wlxQju6OW9HOn0EjhPnqW/66cz5OdcjBfLJmXwOvM9jqjvGaoWkYp&#10;TteHeLLgLqDtev5SmUl7eM/StjYTf53qPCw7IJM7uzVZ7DrOVa//1Po3AAAA//8DAFBLAwQUAAYA&#10;CAAAACEA+o3ybOEAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxozYNgSaN&#10;U0EQojmS9gPc2CShfgTbbcLfsz3BZaXdmZ1HsZmNJmflw+Ash/sFA6Js6+RgOw773dvdCkiIwkqh&#10;nVUcflSATXl9VYhcusl+qHMTO4IiNuSCQx/jmFMa2l4ZERZuVBaxT+eNiLj6jkovJhQ3mi4Ze6RG&#10;DBYdejGqqlftsTkZDnHK/Hutv9mxkfGlzurKbL8qzm9v5tc1juc1kKjm+PcBlw6YH0oMdnAnKwPR&#10;HNKHFJkckmT1BAQJS5YmQA6XS5YBLQv6v0f5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AEekBpLZAQAAmwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAPqN8mzhAAAADwEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" fillcolor="#221f1f" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487509504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27EA0969" wp14:editId="5877C661">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1309370</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>2383790</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2132330" cy="7620"/>
@@ -265,86 +346,86 @@
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="387FBA9B" id="docshape2" o:spid="_x0000_s1026" style="position:absolute;margin-left:103.1pt;margin-top:187.7pt;width:167.9pt;height:.6pt;z-index:-15806976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAOYOj62QEAAJwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46drN2MOMXQIsOA&#10;bh3Q9QMUWY6FyaJGKnGyrx+lpGmw3oZdBFEkn/kenxc3+8GJnUGy4BtZTqZSGK+htX7TyKcfq3cf&#10;pKCofKsceNPIgyF5s3z7ZjGG2lTQg2sNCgbxVI+hkX2MoS4K0r0ZFE0gGM/JDnBQkUPcFC2qkdEH&#10;V1TT6VUxArYBQRsifr07JuUy43ed0fGh68hE4RrJs8V8Yj7X6SyWC1VvUIXe6tMY6h+mGJT1/NEz&#10;1J2KSmzRvoIarEYg6OJEw1BA11ltMgdmU07/YvPYq2AyFxaHwlkm+n+w+tvuMXzHNDqFe9A/iRUp&#10;xkD1OZMC4hqxHr9CyztU2wiZ7L7DIXUyDbHPmh7Ompp9FJofq3JWzWYsvebc9VWVJS9U/dwbkOJn&#10;A4NIl0Yibyxjq909xTSLqp9L8pDgbLuyzuUAN+tbh2KneLtVVa7KVVoot9BlmfOp2ENqO6bTSyaZ&#10;eCWvUL2G9sAcEY4WYUvzpQf8LcXI9mgk/doqNFK4L571/1jO58lPOZi/v2ZeAi8z68uM8pqhGhml&#10;OF5v49GD24B20/OXykzawyfWtrOZ+MtUp2HZApncya7JY5dxrnr5qZZ/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEAnMsaiuMAAAAQAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiyhbIV1&#10;TScoQqxHCg+QNaEtS5zSZGt5e7wTXCzZ/v37//Lt7Cw7mTH0HiXcLgQwg43XPbYSPt5fbh6AhahQ&#10;K+vRSPgxAbbF5UWuMu0nfDOnOraMTDBkSkIX45BxHprOOBUWfjBIu08/OhWpHVuuRzWRubM8ESLl&#10;TvVIHzo1mLIzzaE+OglxWo+vlf0Wh1rHp2pdlW73VUp5fTU/b6g8boBFM8e/CzgzUH4oKNjeH1EH&#10;ZiUkIk1IKuHufrUERorVMiHE/XmSpsCLnP8HKX4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEADmDo+tkBAACcAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAnMsaiuMAAAAQAQAADwAAAAAAAAAAAAAAAAAzBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" fillcolor="#221f1f" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="001B7C7C">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>Rapid Neurology Concussion Clinic</w:t>
       </w:r>
       <w:r w:rsidR="00070DBA">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> Referral Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FE60056" w14:textId="048BE3C4" w:rsidR="001B7C7C" w:rsidRDefault="001B7C7C" w:rsidP="00A1644D">
       <w:pPr>
         <w:spacing w:before="2"/>
         <w:ind w:left="717"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F12EAFD" w14:textId="77777777" w:rsidR="00DF1150" w:rsidRDefault="00393FEC" w:rsidP="00A1644D">
+    <w:p w14:paraId="4F12EAFD" w14:textId="7AA7A4EE" w:rsidR="00DF1150" w:rsidRDefault="007D5D2C" w:rsidP="00A1644D">
       <w:pPr>
         <w:spacing w:before="2"/>
         <w:ind w:left="717"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -424,82 +505,82 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Email to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="001B7C7C" w:rsidRPr="000D1B72">
+        <w:r w:rsidR="00806934" w:rsidRPr="00E116F1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:t>jacqueline.allen@sinaihealth.ca</w:t>
+          <w:t>Santhi.Madivada@sinaihealth.ca</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A7B2DA7" w14:textId="77777777" w:rsidR="00DF1150" w:rsidRDefault="00DF1150" w:rsidP="00A1644D">
       <w:pPr>
         <w:spacing w:before="2"/>
         <w:ind w:left="717"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5686F561" w14:textId="054C9DB2" w:rsidR="00136BD6" w:rsidRDefault="00393FEC" w:rsidP="00A1644D">
+    <w:p w14:paraId="5686F561" w14:textId="054C9DB2" w:rsidR="00136BD6" w:rsidRDefault="007D5D2C" w:rsidP="00A1644D">
       <w:pPr>
         <w:spacing w:before="2"/>
         <w:ind w:left="717"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>For</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -591,101 +672,101 @@
       </w:r>
       <w:r w:rsidR="00DF1150">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Option #4 for Dr. Robert Ure)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12807B3C" w14:textId="77777777" w:rsidR="00136BD6" w:rsidRDefault="007224EA">
       <w:pPr>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="5"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76533AC2" wp14:editId="5BF55378">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76533AC2" wp14:editId="6783CC40">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>342900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>62230</wp:posOffset>
+                  <wp:posOffset>64135</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6985000" cy="658495"/>
-                <wp:effectExtent l="0" t="0" r="12700" b="14605"/>
+                <wp:extent cx="6985000" cy="1304925"/>
+                <wp:effectExtent l="0" t="0" r="25400" b="28575"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="2" name="docshape3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6985000" cy="658495"/>
+                          <a:ext cx="6985000" cy="1304925"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="tx2">
                             <a:lumMod val="20000"/>
                             <a:lumOff val="80000"/>
                           </a:schemeClr>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:schemeClr val="tx2">
                               <a:lumMod val="40000"/>
                               <a:lumOff val="60000"/>
                             </a:schemeClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="16E0298B" w14:textId="39029F8A" w:rsidR="001B7C7C" w:rsidRDefault="00393FEC">
+                          <w:p w14:paraId="16E0298B" w14:textId="07D329D1" w:rsidR="001B7C7C" w:rsidRDefault="007D5D2C">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:spacing w:before="73"/>
                               <w:ind w:left="144" w:right="126"/>
                               <w:rPr>
                                 <w:bCs/>
                                 <w:color w:val="221F1F"/>
                                 <w:spacing w:val="-5"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="221F1F"/>
                               </w:rPr>
                               <w:t>Program</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="221F1F"/>
                                 <w:spacing w:val="-5"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
@@ -712,147 +793,366 @@
                               </w:rPr>
                               <w:t>The</w:t>
                             </w:r>
                             <w:r w:rsidR="001B7C7C">
                               <w:rPr>
                                 <w:bCs/>
                                 <w:color w:val="221F1F"/>
                                 <w:spacing w:val="-5"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> rapid concussion clinic aims to treat patients with acute mild traumatic brain injuries or concussion with onset within 3 months. It is our goal to see patients within 2-4 weeks of referral to initiate early optimal</w:t>
                             </w:r>
                             <w:r w:rsidR="00726AE0">
                               <w:rPr>
                                 <w:bCs/>
                                 <w:color w:val="221F1F"/>
                                 <w:spacing w:val="-5"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> counselling,</w:t>
                             </w:r>
                             <w:r w:rsidR="001B7C7C">
                               <w:rPr>
                                 <w:bCs/>
                                 <w:color w:val="221F1F"/>
                                 <w:spacing w:val="-5"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> medical or procedural (e.g. cranial nerve blocks) treatment</w:t>
+                              <w:t xml:space="preserve"> medical or procedural (e.g</w:t>
+                            </w:r>
+                            <w:r w:rsidR="005556CC">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:color w:val="221F1F"/>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t>. cranial nerve block</w:t>
+                            </w:r>
+                            <w:r w:rsidR="001B7C7C">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:color w:val="221F1F"/>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t>) treatment</w:t>
                             </w:r>
                             <w:r w:rsidR="0043334D">
                               <w:rPr>
                                 <w:bCs/>
                                 <w:color w:val="221F1F"/>
                                 <w:spacing w:val="-5"/>
                               </w:rPr>
                               <w:t>s</w:t>
                             </w:r>
                             <w:r w:rsidR="001B7C7C">
                               <w:rPr>
                                 <w:bCs/>
                                 <w:color w:val="221F1F"/>
                                 <w:spacing w:val="-5"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5690E107" w14:textId="1381C5F8" w:rsidR="00136BD6" w:rsidRPr="00580FD1" w:rsidRDefault="001B7C7C">
+                          <w:p w14:paraId="5BE1B742" w14:textId="77777777" w:rsidR="005556CC" w:rsidRDefault="001B7C7C">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:spacing w:before="73"/>
                               <w:ind w:left="144" w:right="126"/>
                               <w:rPr>
                                 <w:bCs/>
-                                <w:color w:val="000000"/>
+                                <w:color w:val="221F1F"/>
+                                <w:spacing w:val="-5"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="221F1F"/>
                               </w:rPr>
                               <w:t>Note:</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:bCs/>
                                 <w:color w:val="221F1F"/>
                                 <w:spacing w:val="-5"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Patients with moderate to severe</w:t>
                             </w:r>
                             <w:r w:rsidR="0043334D">
                               <w:rPr>
                                 <w:bCs/>
                                 <w:color w:val="221F1F"/>
                                 <w:spacing w:val="-5"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> brain</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:bCs/>
                                 <w:color w:val="221F1F"/>
                                 <w:spacing w:val="-5"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> injuries (</w:t>
                             </w:r>
                             <w:r w:rsidR="00070DBA">
                               <w:rPr>
                                 <w:bCs/>
                                 <w:color w:val="221F1F"/>
                                 <w:spacing w:val="-5"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">e.g. abnormal neuro-imaging) should be referred to a tertiary brain injury clinic. </w:t>
+                              <w:t>e.g. abnormal neuro-imaging) should be referred to a tertiary brain injury clinic.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00546DC1">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:color w:val="221F1F"/>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5690E107" w14:textId="183F44E5" w:rsidR="00136BD6" w:rsidRDefault="005556CC">
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:spacing w:before="73"/>
+                              <w:ind w:left="144" w:right="126"/>
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:color w:val="221F1F"/>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="221F1F"/>
+                              </w:rPr>
+                              <w:t>*The 2-</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="221F1F"/>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">4 </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005556CC">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="221F1F"/>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Week </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00546DC1" w:rsidRPr="005556CC">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="221F1F"/>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t>Priority</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00546DC1">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:color w:val="221F1F"/>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> is given to MSH ER</w:t>
+                            </w:r>
+                            <w:r w:rsidR="001C4AF9">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:color w:val="221F1F"/>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> and GP</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00546DC1">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:color w:val="221F1F"/>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> referrals</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:color w:val="221F1F"/>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. Due to increasing volumes: external referrals, </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00414D9D">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:color w:val="221F1F"/>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">particularly </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:color w:val="221F1F"/>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t>motor vehicle accident or workplace injuries will be seen on a routine basis</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00546DC1">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:color w:val="221F1F"/>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. Patients may be seen by a medical resident or trainee.  </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00070DBA">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:color w:val="221F1F"/>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7F4A93CD" w14:textId="2B3E41F4" w:rsidR="005556CC" w:rsidRDefault="005556CC">
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:spacing w:before="73"/>
+                              <w:ind w:left="144" w:right="126"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Patient Resource for Concussion Protocols (return to sport/work): </w:t>
+                            </w:r>
+                            <w:hyperlink r:id="rId9" w:history="1">
+                              <w:r w:rsidRPr="00331BC0">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:b/>
+                                  <w:bCs/>
+                                </w:rPr>
+                                <w:t>https://parachute.ca/en/injury-topic/concussion/</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                          </w:p>
+                          <w:p w14:paraId="281CCEC0" w14:textId="1CAB93FC" w:rsidR="005556CC" w:rsidRPr="005556CC" w:rsidRDefault="005556CC">
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:spacing w:before="73"/>
+                              <w:ind w:left="144" w:right="126"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>Allied Health Concussion Treatments (not provided in this clinic</w:t>
+                            </w:r>
+                            <w:r w:rsidR="001C4AF9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> &amp; private</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">): </w:t>
+                            </w:r>
+                            <w:hyperlink r:id="rId10" w:history="1">
+                              <w:r w:rsidRPr="00331BC0">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:b/>
+                                  <w:bCs/>
+                                </w:rPr>
+                                <w:t>https://cornerstonephysio.com/services/vestibular-rehabilitation/</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="76533AC2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="docshape3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:27pt;margin-top:4.9pt;width:550pt;height:51.85pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCEH2zLLwIAAJMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/02SrbdVGTVewZRHS&#10;cpEWPsB1nMbC9hjbbVK+nrGddHdB8IB4icbj8Zk5c2ayuRm0IifhvART06tZSYkwHBppDjX9+uXu&#10;1YoSH5hpmAIjanoWnt5sX77Y9LYSc+hANcIRBDG+6m1NuxBsVRSed0IzPwMrDF624DQLeHSHonGs&#10;R3StinlZLoseXGMdcOE9enf5km4TftsKHj61rReBqJpibSF9Xfru47fYblh1cMx2ko9lsH+oQjNp&#10;MOkFascCI0cnf4PSkjvw0IYZB11A20ouEgdkc1X+wuahY1YkLtgcby9t8v8Pln88PdjPjoThDQwo&#10;YCLh7T3wbx57U/TWV2NM7KmvfIze9x+gQTXZMUB6MbROR/pIiCAMdvp86a4YAuHoXK5Xi7LEK453&#10;y8Xqer2I7S9YNb22zod3AjSJRk0dqpfQ2enehxw6hcRkHpRs7qRS6RAnRtwqR04MtQ7DPD1VR42l&#10;Zh/OC6ZPiqMb5yK7V5MbK0lzF1FSXc8SKEP6mq4X80UCfnZ3efbn5NdTFlY9Tb6c3H9PHmnvmO8y&#10;fsqdiWgZcH+U1DVNPEZ+nWDNW9MkroFJlW3MocwoatQxKxqG/YCBUdw9NGeU10HeE9xrNDpwPyjp&#10;cUdq6r8fmROUqPcGhzAu1GS4ydhPBjMcn9aUB0dJPtyGvHpH6+ShQ+w8bwZe4yC1Mmn8WMdYKU5+&#10;UmPc0rhaT88p6vFfsv0JAAD//wMAUEsDBBQABgAIAAAAIQBViCEl4AAAAA4BAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWDrYJtY1nRCMIxIb2z1rTFvROFWTrN1+PS6XcbFsP/n5&#10;fdl6sI04YedrRwqmkwQEUuFMTaWC/df7wzMIHzQZ3ThCBWf0sM5vbzKdGtfTFk+7UAo2IZ9qBVUI&#10;bSqlLyq02k9ci8Tat+usDjx2pTSd7tncNvIxSRbS6pr4Q6VbfK2w+NlFqyBstudDHz8v5rIZZvv2&#10;ED8Wy6jU/d3wtuLysgIRcAjXCxgZOD/kHOzoIhkvGgXzGfMEBUumGOXp3+I4dk9zkHkm/2PkvwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCEH2zLLwIAAJMEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBViCEl4AAAAA4BAAAPAAAAAAAAAAAAAAAA&#10;AIkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;" fillcolor="#c6d9f1 [671]" strokecolor="#8db3e2 [1311]">
+              <v:shape id="docshape3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:27pt;margin-top:5.05pt;width:550pt;height:102.75pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCsnCVJKwIAAJQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06RlW7XRpivYsghp&#13;&#10;uUgLH+A6TmNhe4ztNilfz9hOugtIPKx4icbj8cw5c2ZyfTNoRU7CeQmmpvNZSYkwHBppDjX99vXu&#13;&#10;1ZoSH5hpmAIjanoWnt5sX7647m0lFtCBaoQjmMT4qrc17UKwVVF43gnN/AysMHjZgtMs4NEdisax&#13;&#10;HrNrVSzKclX04BrrgAvv0bvLl3Sb8ret4OFz23oRiKopYgvp69J3H7/F9ppVB8dsJ/kIgz0DhWbS&#13;&#10;YNFLqh0LjByd/CuVltyBhzbMOOgC2lZykTggm3n5B5uHjlmRuGBzvL20yf+/tPzT6cF+cSQMb2FA&#13;&#10;ARMJb++Bf/fYm6K3vhpjYk995WP0vv8IDarJjgHSi6F1OtJHQgTTYKfPl+6KIRCOztVmvSxLvOJ4&#13;&#10;N39dXm0Wy9j/glXTc+t8eC9Ak2jU1KF8KT073fuQQ6eQWM2Dks2dVCod4siIW+XIiaHYYVikp+qo&#13;&#10;EWv24cBg/SQ5unEwsns9uRFJGryYJeH6rYAypK/pZomon1P8aqrCqqfFV5P738Uj7R3zXUaccGUi&#13;&#10;WgZcICV1TROPkV8nWPPONIlrYFJlG2soM6oahcyShmE/YGBUdw/NGfV1kBcFFxuNDtxPSnpckpr6&#13;&#10;H0fmBCXqg8EpjBs1GW4y9pPBDMenNeXBUZIPtyHv3tE6eegwdx44A29wklqZNH7EMSLF0U9qjGsa&#13;&#10;d+vpOUU9/ky2vwAAAP//AwBQSwMEFAAGAAgAAAAhAIvX+QXhAAAADwEAAA8AAABkcnMvZG93bnJl&#13;&#10;di54bWxMj0FPwzAMhe9I/IfISNxY2mmroGs6IRhHJDa2e9aYtqJxqiZZu/16PC5wseT35Of3FevJ&#13;&#10;duKEg28dKUhnCQikypmWagX7z7eHRxA+aDK6c4QKzuhhXd7eFDo3bqQtnnahFhxCPtcKmhD6XEpf&#13;&#10;NWi1n7keib0vN1gdeB1qaQY9crjt5DxJMml1S/yh0T2+NFh976JVEDbb82GMHxdz2UyLfX+I79lT&#13;&#10;VOr+bnpd8XhegQg4hb8LuDJwfyi52NFFMl50CpYL5gmsJymIq5/+KkcF83SZgSwL+Z+j/AEAAP//&#13;&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#13;&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#13;&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCsnCVJKwIAAJQEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#13;&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCL1/kF4QAAAA8BAAAPAAAAAAAAAAAAAAAAAIUE&#13;&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#13;&#10;" fillcolor="#c6d9f1 [671]" strokecolor="#8db3e2 [1311]">
                 <v:path arrowok="t"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="16E0298B" w14:textId="39029F8A" w:rsidR="001B7C7C" w:rsidRDefault="00000000">
+                    <w:p w14:paraId="16E0298B" w14:textId="07D329D1" w:rsidR="001B7C7C" w:rsidRDefault="007D5D2C">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:spacing w:before="73"/>
                         <w:ind w:left="144" w:right="126"/>
                         <w:rPr>
                           <w:bCs/>
                           <w:color w:val="221F1F"/>
                           <w:spacing w:val="-5"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="221F1F"/>
                         </w:rPr>
                         <w:t>Program</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="221F1F"/>
                           <w:spacing w:val="-5"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
@@ -879,172 +1179,363 @@
                         </w:rPr>
                         <w:t>The</w:t>
                       </w:r>
                       <w:r w:rsidR="001B7C7C">
                         <w:rPr>
                           <w:bCs/>
                           <w:color w:val="221F1F"/>
                           <w:spacing w:val="-5"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> rapid concussion clinic aims to treat patients with acute mild traumatic brain injuries or concussion with onset within 3 months. It is our goal to see patients within 2-4 weeks of referral to initiate early optimal</w:t>
                       </w:r>
                       <w:r w:rsidR="00726AE0">
                         <w:rPr>
                           <w:bCs/>
                           <w:color w:val="221F1F"/>
                           <w:spacing w:val="-5"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> counselling,</w:t>
                       </w:r>
                       <w:r w:rsidR="001B7C7C">
                         <w:rPr>
                           <w:bCs/>
                           <w:color w:val="221F1F"/>
                           <w:spacing w:val="-5"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> medical or procedural (</w:t>
+                        <w:t xml:space="preserve"> medical or procedural (e.g</w:t>
                       </w:r>
-                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidR="005556CC">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:color w:val="221F1F"/>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                        <w:t>. cranial nerve block</w:t>
+                      </w:r>
                       <w:r w:rsidR="001B7C7C">
                         <w:rPr>
                           <w:bCs/>
                           <w:color w:val="221F1F"/>
                           <w:spacing w:val="-5"/>
                         </w:rPr>
-                        <w:t>e.g.</w:t>
-[...8 lines deleted...]
-                        <w:t xml:space="preserve"> cranial nerve blocks) treatment</w:t>
+                        <w:t>) treatment</w:t>
                       </w:r>
                       <w:r w:rsidR="0043334D">
                         <w:rPr>
                           <w:bCs/>
                           <w:color w:val="221F1F"/>
                           <w:spacing w:val="-5"/>
                         </w:rPr>
                         <w:t>s</w:t>
                       </w:r>
                       <w:r w:rsidR="001B7C7C">
                         <w:rPr>
                           <w:bCs/>
                           <w:color w:val="221F1F"/>
                           <w:spacing w:val="-5"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5690E107" w14:textId="1381C5F8" w:rsidR="00136BD6" w:rsidRPr="00580FD1" w:rsidRDefault="001B7C7C">
+                    <w:p w14:paraId="5BE1B742" w14:textId="77777777" w:rsidR="005556CC" w:rsidRDefault="001B7C7C">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:spacing w:before="73"/>
                         <w:ind w:left="144" w:right="126"/>
                         <w:rPr>
                           <w:bCs/>
-                          <w:color w:val="000000"/>
+                          <w:color w:val="221F1F"/>
+                          <w:spacing w:val="-5"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="221F1F"/>
                         </w:rPr>
                         <w:t>Note:</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:bCs/>
                           <w:color w:val="221F1F"/>
                           <w:spacing w:val="-5"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Patients with moderate to severe</w:t>
                       </w:r>
                       <w:r w:rsidR="0043334D">
                         <w:rPr>
                           <w:bCs/>
                           <w:color w:val="221F1F"/>
                           <w:spacing w:val="-5"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> brain</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:bCs/>
                           <w:color w:val="221F1F"/>
                           <w:spacing w:val="-5"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> injuries (</w:t>
                       </w:r>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidR="00070DBA">
                         <w:rPr>
                           <w:bCs/>
                           <w:color w:val="221F1F"/>
                           <w:spacing w:val="-5"/>
                         </w:rPr>
-                        <w:t>e.g.</w:t>
+                        <w:t>e.g. abnormal neuro-imaging) should be referred to a tertiary brain injury clinic.</w:t>
                       </w:r>
-                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidR="00546DC1">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:color w:val="221F1F"/>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5690E107" w14:textId="183F44E5" w:rsidR="00136BD6" w:rsidRDefault="005556CC">
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:spacing w:before="73"/>
+                        <w:ind w:left="144" w:right="126"/>
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:color w:val="221F1F"/>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="221F1F"/>
+                        </w:rPr>
+                        <w:t>*The 2-</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="221F1F"/>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">4 </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005556CC">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="221F1F"/>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Week </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00546DC1" w:rsidRPr="005556CC">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="221F1F"/>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                        <w:t>Priority</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00546DC1">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:color w:val="221F1F"/>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> is given to MSH ER</w:t>
+                      </w:r>
+                      <w:r w:rsidR="001C4AF9">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:color w:val="221F1F"/>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> and GP</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00546DC1">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:color w:val="221F1F"/>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> referrals</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:color w:val="221F1F"/>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. Due to increasing volumes: external referrals, </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00414D9D">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:color w:val="221F1F"/>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">particularly </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:color w:val="221F1F"/>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                        <w:t>motor vehicle accident or workplace injuries will be seen on a routine basis</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00546DC1">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:color w:val="221F1F"/>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. Patients may be seen by a medical resident or trainee.  </w:t>
+                      </w:r>
                       <w:r w:rsidR="00070DBA">
                         <w:rPr>
                           <w:bCs/>
                           <w:color w:val="221F1F"/>
                           <w:spacing w:val="-5"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> abnormal neuro-imaging) should be referred to a tertiary brain injury clinic. </w:t>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7F4A93CD" w14:textId="2B3E41F4" w:rsidR="005556CC" w:rsidRDefault="005556CC">
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:spacing w:before="73"/>
+                        <w:ind w:left="144" w:right="126"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Patient Resource for Concussion Protocols (return to sport/work): </w:t>
+                      </w:r>
+                      <w:hyperlink r:id="rId11" w:history="1">
+                        <w:r w:rsidRPr="00331BC0">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:b/>
+                            <w:bCs/>
+                          </w:rPr>
+                          <w:t>https://parachute.ca/en/injury-topic/concussion/</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                    </w:p>
+                    <w:p w14:paraId="281CCEC0" w14:textId="1CAB93FC" w:rsidR="005556CC" w:rsidRPr="005556CC" w:rsidRDefault="005556CC">
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:spacing w:before="73"/>
+                        <w:ind w:left="144" w:right="126"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>Allied Health Concussion Treatments (not provided in this clinic</w:t>
+                      </w:r>
+                      <w:r w:rsidR="001C4AF9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> &amp; private</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">): </w:t>
+                      </w:r>
+                      <w:hyperlink r:id="rId12" w:history="1">
+                        <w:r w:rsidRPr="00331BC0">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:b/>
+                            <w:bCs/>
+                          </w:rPr>
+                          <w:t>https://cornerstonephysio.com/services/vestibular-rehabilitation/</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="367FC9CE" w14:textId="77777777" w:rsidR="00070DBA" w:rsidRDefault="00070DBA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5599"/>
         </w:tabs>
         <w:spacing w:before="117"/>
         <w:ind w:left="600"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66045CF9" w14:textId="2F504BFC" w:rsidR="00136BD6" w:rsidRDefault="00393FEC">
+    <w:p w14:paraId="66045CF9" w14:textId="2F504BFC" w:rsidR="00136BD6" w:rsidRDefault="007D5D2C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5599"/>
         </w:tabs>
         <w:spacing w:before="117"/>
         <w:ind w:left="600"/>
         <w:rPr>
           <w:color w:val="221F1F"/>
           <w:sz w:val="20"/>
           <w:u w:val="single" w:color="221F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Referral</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="221F1F"/>
@@ -1055,148 +1546,158 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>(dd/mm/yyyy</w:t>
-      </w:r>
+        <w:t>(dd/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="221F1F"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:u w:val="single" w:color="221F1F"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="221F1F"/>
           <w:sz w:val="20"/>
           <w:u w:val="single" w:color="221F1F"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D55CA7" w14:textId="77777777" w:rsidR="00070DBA" w:rsidRDefault="00070DBA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5599"/>
         </w:tabs>
         <w:spacing w:before="117"/>
         <w:ind w:left="600"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="321" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11485"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00136BD6" w14:paraId="044FF489" w14:textId="77777777" w:rsidTr="00C06CB0">
+      <w:tr w:rsidR="00136BD6" w14:paraId="044FF489" w14:textId="77777777" w:rsidTr="005556CC">
         <w:trPr>
-          <w:trHeight w:val="4259"/>
+          <w:trHeight w:val="3580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="506FB4CB" w14:textId="0A5E042D" w:rsidR="00136BD6" w:rsidRDefault="00D57294">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Patient</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Information</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68779EA5" w14:textId="789722EC" w:rsidR="00136BD6" w:rsidRDefault="00393FEC">
+          <w:p w14:paraId="68779EA5" w14:textId="789722EC" w:rsidR="00136BD6" w:rsidRDefault="007D5D2C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3507"/>
                 <w:tab w:val="left" w:pos="4327"/>
                 <w:tab w:val="left" w:pos="4887"/>
                 <w:tab w:val="left" w:pos="5160"/>
                 <w:tab w:val="left" w:pos="5276"/>
                 <w:tab w:val="left" w:pos="7386"/>
                 <w:tab w:val="left" w:pos="8388"/>
                 <w:tab w:val="left" w:pos="11332"/>
               </w:tabs>
               <w:spacing w:before="123" w:line="360" w:lineRule="auto"/>
               <w:ind w:right="116"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
@@ -1240,51 +1741,69 @@
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Gender: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single" w:color="211E1E"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">D.O.B (dd/mm/yyyy): </w:t>
+              <w:t>D.O.B (dd/mm/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">): </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single" w:color="221F1F"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Health Card #:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single" w:color="221F1F"/>
               </w:rPr>
@@ -1442,51 +1961,51 @@
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single" w:color="211E1E"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single" w:color="211E1E"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single" w:color="211E1E"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="500E040C" w14:textId="0736EA7C" w:rsidR="00136BD6" w:rsidRDefault="00393FEC">
+          <w:p w14:paraId="500E040C" w14:textId="0736EA7C" w:rsidR="00136BD6" w:rsidRDefault="007D5D2C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3562"/>
                 <w:tab w:val="left" w:pos="6026"/>
                 <w:tab w:val="left" w:pos="7407"/>
                 <w:tab w:val="left" w:pos="8504"/>
                 <w:tab w:val="left" w:pos="11322"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="117"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Current </w:t>
             </w:r>
             <w:r w:rsidR="00D57294">
@@ -1643,222 +2162,216 @@
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="374627C9" w14:textId="77777777" w:rsidR="00070DBA" w:rsidRDefault="00070DBA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="5"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single" w:color="221F1F"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="44BE0D9C" w14:textId="511BEC54" w:rsidR="00136BD6" w:rsidRPr="007D536F" w:rsidRDefault="00393FEC">
+          <w:p w14:paraId="1E1CC771" w14:textId="0D34EF66" w:rsidR="00070DBA" w:rsidRPr="005556CC" w:rsidRDefault="007D5D2C" w:rsidP="005556CC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="5"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D536F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Referral Information</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E1CC771" w14:textId="77777777" w:rsidR="00070DBA" w:rsidRDefault="00070DBA">
+          <w:p w14:paraId="55464849" w14:textId="0027E6A2" w:rsidR="00136BD6" w:rsidRDefault="007D5D2C" w:rsidP="005556CC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3357"/>
                 <w:tab w:val="left" w:pos="4541"/>
                 <w:tab w:val="left" w:pos="5136"/>
                 <w:tab w:val="left" w:pos="8855"/>
                 <w:tab w:val="left" w:pos="9627"/>
                 <w:tab w:val="left" w:pos="10235"/>
-                <w:tab w:val="left" w:pos="11317"/>
+                <w:tab w:val="left" w:pos="11331"/>
               </w:tabs>
               <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
               <w:ind w:right="131"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...19 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Referring MD/NP:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:spacing w:val="41"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single" w:color="221F1F"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Billing #:</w:t>
+              <w:t>Billing</w:t>
+            </w:r>
+            <w:r w:rsidR="00806934">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (non MSH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> #:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single" w:color="221F1F"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00806934">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single" w:color="221F1F"/>
               </w:rPr>
+              <w:t xml:space="preserve">                        Re</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ferring Organization (if </w:t>
+            </w:r>
+            <w:r w:rsidR="005556CC">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>outside MSH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005556CC">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single" w:color="221F1F"/>
+              </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...16 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00FE1B6A">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single" w:color="221F1F"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...23 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0061326B" w14:paraId="29D49582" w14:textId="77777777" w:rsidTr="00C06CB0">
+      <w:tr w:rsidR="0061326B" w14:paraId="29D49582" w14:textId="77777777" w:rsidTr="00084A90">
         <w:trPr>
-          <w:trHeight w:val="4217"/>
+          <w:trHeight w:val="3770"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="248D650D" w14:textId="759E8509" w:rsidR="0061326B" w:rsidRDefault="0061326B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
@@ -2144,127 +2657,105 @@
                 <w:color w:val="221F1F"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_______________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="221F1F"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>__________________</w:t>
             </w:r>
             <w:r w:rsidRPr="0061326B">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="221F1F"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="631E751A" w14:textId="7A9E004A" w:rsidR="00C06CB0" w:rsidRDefault="00C06CB0" w:rsidP="00C06CB0">
+          <w:p w14:paraId="528DED47" w14:textId="6FCFAD36" w:rsidR="0061326B" w:rsidRPr="0061326B" w:rsidRDefault="00C06CB0" w:rsidP="005556CC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="49"/>
               <w:ind w:right="-58"/>
               <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Medications: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061326B">
+              <w:rPr>
                 <w:bCs/>
                 <w:color w:val="221F1F"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:b/>
+              <w:t>__________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="005556CC">
+              <w:rPr>
+                <w:bCs/>
                 <w:color w:val="221F1F"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medications: </w:t>
-[...38 lines deleted...]
-            </w:pPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00136BD6" w14:paraId="7CEB7F7D" w14:textId="77777777" w:rsidTr="00EC6C24">
+      <w:tr w:rsidR="00136BD6" w14:paraId="7CEB7F7D" w14:textId="77777777" w:rsidTr="001C4AF9">
         <w:trPr>
-          <w:trHeight w:val="879"/>
+          <w:trHeight w:val="980"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D666989" w14:textId="78114D04" w:rsidR="00792D88" w:rsidRDefault="00393FEC" w:rsidP="00070DBA">
+          <w:p w14:paraId="1D666989" w14:textId="78114D04" w:rsidR="00792D88" w:rsidRDefault="007D5D2C" w:rsidP="00070DBA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Plea</w:t>
             </w:r>
             <w:r w:rsidR="00DF1150">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2322,149 +2813,150 @@
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">relevant </w:t>
             </w:r>
             <w:r w:rsidR="00070DBA">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>notes or investigation</w:t>
             </w:r>
             <w:r w:rsidR="00DF1150">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="221F1F"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5B651DD2" w14:textId="5F60C416" w:rsidR="00136BD6" w:rsidRDefault="00136BD6" w:rsidP="00DF1150">
+    <w:p w14:paraId="5B651DD2" w14:textId="485D7278" w:rsidR="00136BD6" w:rsidRDefault="00136BD6" w:rsidP="005556CC">
       <w:pPr>
         <w:spacing w:before="4"/>
+        <w:ind w:left="9360"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00136BD6" w:rsidSect="006B44BD">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="57" w:bottom="720" w:left="57" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16B8B1F6" w14:textId="77777777" w:rsidR="00FE67F4" w:rsidRDefault="00FE67F4" w:rsidP="00BE7C1E">
+    <w:p w14:paraId="0483E52F" w14:textId="77777777" w:rsidR="00EA7373" w:rsidRDefault="00EA7373" w:rsidP="00BE7C1E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19DC6685" w14:textId="77777777" w:rsidR="00FE67F4" w:rsidRDefault="00FE67F4" w:rsidP="00BE7C1E">
+    <w:p w14:paraId="2774F6A3" w14:textId="77777777" w:rsidR="00EA7373" w:rsidRDefault="00EA7373" w:rsidP="00BE7C1E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="498B834E" w14:textId="77777777" w:rsidR="00FE67F4" w:rsidRDefault="00FE67F4" w:rsidP="00BE7C1E">
+    <w:p w14:paraId="66432F17" w14:textId="77777777" w:rsidR="00EA7373" w:rsidRDefault="00EA7373" w:rsidP="00BE7C1E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="116D1C06" w14:textId="77777777" w:rsidR="00FE67F4" w:rsidRDefault="00FE67F4" w:rsidP="00BE7C1E">
+    <w:p w14:paraId="525E7FF4" w14:textId="77777777" w:rsidR="00EA7373" w:rsidRDefault="00EA7373" w:rsidP="00BE7C1E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10FF2D70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="94DC57E4"/>
     <w:lvl w:ilvl="0" w:tplc="4566BCD0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="202"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="2"/>
         <w:w w:val="99"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="151AC5E2">
@@ -2784,167 +3276,178 @@
     <w:lvl w:ilvl="7" w:tplc="C5E69180">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2964" w:hanging="202"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="78306728">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3333" w:hanging="202"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="429355328">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="461849254">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1767459440">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-[...2 lines deleted...]
-  <w:revisionView w:inkAnnotations="0"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00136BD6"/>
     <w:rsid w:val="00070DBA"/>
     <w:rsid w:val="000823C9"/>
+    <w:rsid w:val="00084A90"/>
+    <w:rsid w:val="000F0210"/>
     <w:rsid w:val="00136BD6"/>
     <w:rsid w:val="001720AA"/>
     <w:rsid w:val="001A7B13"/>
     <w:rsid w:val="001B7C7C"/>
-    <w:rsid w:val="00393FEC"/>
+    <w:rsid w:val="001C4AF9"/>
+    <w:rsid w:val="003B4894"/>
+    <w:rsid w:val="00414D9D"/>
     <w:rsid w:val="0043334D"/>
     <w:rsid w:val="004F73A4"/>
+    <w:rsid w:val="00546DC1"/>
+    <w:rsid w:val="005556CC"/>
     <w:rsid w:val="00580FD1"/>
+    <w:rsid w:val="0059353B"/>
     <w:rsid w:val="0061326B"/>
     <w:rsid w:val="006B44BD"/>
     <w:rsid w:val="007224EA"/>
     <w:rsid w:val="00726AE0"/>
     <w:rsid w:val="00792D88"/>
     <w:rsid w:val="007D536F"/>
+    <w:rsid w:val="007D5D2C"/>
+    <w:rsid w:val="00806934"/>
     <w:rsid w:val="009B69B6"/>
     <w:rsid w:val="00A049BA"/>
     <w:rsid w:val="00A1644D"/>
     <w:rsid w:val="00A97D0D"/>
     <w:rsid w:val="00BD6BCC"/>
     <w:rsid w:val="00BE7C1E"/>
     <w:rsid w:val="00C06CB0"/>
     <w:rsid w:val="00D57294"/>
     <w:rsid w:val="00D82CF2"/>
     <w:rsid w:val="00DF1150"/>
+    <w:rsid w:val="00EA7373"/>
     <w:rsid w:val="00EC6C24"/>
     <w:rsid w:val="00F062AC"/>
+    <w:rsid w:val="00FE1B6A"/>
     <w:rsid w:val="00FE67F4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4AAD8B30"/>
   <w15:docId w15:val="{27467242-3BCA-7042-852B-1C206297090B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3272,50 +3775,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
@@ -3364,52 +3872,52 @@
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="107"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007224EA"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007224EA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00580FD1"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
@@ -3449,71 +3957,71 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BE7C1E"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="006B44BD"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1401707130">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacqueline.allen@sinaihealth.ca" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Santhi.Madivada@sinaihealth.ca" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cornerstonephysio.com/services/vestibular-rehabilitation/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parachute.ca/en/injury-topic/concussion/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cornerstonephysio.com/services/vestibular-rehabilitation/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parachute.ca/en/injury-topic/concussion/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3759,76 +4267,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1214</Characters>
+  <Pages>1</Pages>
+  <Words>205</Words>
+  <Characters>1173</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>10</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Microsoft Word - LTC BSOT TCLHIN Referral Form revised June 3 2014.docx</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1424</CharactersWithSpaces>
+  <CharactersWithSpaces>1376</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Microsoft Word - LTC BSOT TCLHIN Referral Form revised June 3 2014.docx</dc:title>
   <dc:creator>mmshopr</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2022-03-08T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>